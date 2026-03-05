--- v0 (2025-11-03)
+++ v1 (2026-03-05)
@@ -1,901 +1,870 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00B623FE" w:rsidRPr="002C3085" w:rsidRDefault="00B623FE" w:rsidP="00865666">
+    <w:p w14:paraId="3E568A79" w14:textId="77777777" w:rsidR="00B623FE" w:rsidRPr="002C3085" w:rsidRDefault="00B623FE" w:rsidP="00865666">
       <w:pPr>
         <w:sectPr w:rsidR="00B623FE" w:rsidRPr="002C3085" w:rsidSect="00865666">
           <w:headerReference w:type="default" r:id="rId8"/>
           <w:footerReference w:type="even" r:id="rId9"/>
           <w:footerReference w:type="default" r:id="rId10"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="961" w:right="964" w:bottom="964" w:left="964" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000924D0" w:rsidRDefault="000924D0" w:rsidP="00B017CF">
+    <w:p w14:paraId="190B0C6A" w14:textId="77777777" w:rsidR="000924D0" w:rsidRDefault="000924D0" w:rsidP="00B017CF">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="10368" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="4981"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003F6BE9" w:rsidRPr="003239F8" w:rsidTr="007C4520">
+      <w:tr w:rsidR="003F6BE9" w:rsidRPr="003239F8" w14:paraId="0FCFB2FE" w14:textId="77777777" w:rsidTr="007C4520">
         <w:trPr>
           <w:trHeight w:val="483"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00802623" w:rsidRDefault="00802623" w:rsidP="00802623">
+          <w:p w14:paraId="57E80AC9" w14:textId="77777777" w:rsidR="00802623" w:rsidRDefault="00802623" w:rsidP="00802623">
             <w:pPr>
               <w:pStyle w:val="Corpsdetexte"/>
               <w:ind w:right="-250"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Direction </w:t>
             </w:r>
             <w:r w:rsidR="0074439B">
               <w:t>générale</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00802623" w:rsidRPr="00652A58" w:rsidRDefault="0092102B" w:rsidP="00802623">
+          <w:p w14:paraId="7BF29769" w14:textId="77777777" w:rsidR="00802623" w:rsidRPr="00652A58" w:rsidRDefault="0092102B" w:rsidP="00802623">
             <w:pPr>
               <w:ind w:right="629"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>Département démocratie sanitaire et territorialisation</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CB1D18" w:rsidRDefault="00652A58" w:rsidP="00CB1D18">
-[...25 lines deleted...]
-          <w:p w:rsidR="00CB1D18" w:rsidRDefault="00F35CA5" w:rsidP="00CB1D18">
+          <w:p w14:paraId="2683B892" w14:textId="77777777" w:rsidR="00CB1D18" w:rsidRDefault="00F35CA5" w:rsidP="00CB1D18">
             <w:pPr>
               <w:pStyle w:val="Sous-titre2"/>
               <w:ind w:right="-250"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Courriel : </w:t>
             </w:r>
             <w:r w:rsidR="00652A58">
               <w:t>ars-pdl-representation-usagers@ars.sante.fr</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003F6BE9" w:rsidRDefault="003F6BE9" w:rsidP="00802623">
+          <w:p w14:paraId="264C8D56" w14:textId="77777777" w:rsidR="003F6BE9" w:rsidRDefault="003F6BE9" w:rsidP="00802623">
             <w:pPr>
               <w:pStyle w:val="Sous-titre2"/>
               <w:ind w:right="-250"/>
               <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003F6BE9" w:rsidRDefault="003F6BE9" w:rsidP="00802623">
+          <w:p w14:paraId="61D6DCFA" w14:textId="77777777" w:rsidR="003F6BE9" w:rsidRDefault="003F6BE9" w:rsidP="00802623">
             <w:pPr>
               <w:pStyle w:val="Corpsdetexte"/>
               <w:ind w:right="-250"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4981" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003F6BE9" w:rsidRPr="00C72341" w:rsidRDefault="003F6BE9" w:rsidP="00C72341">
+          <w:p w14:paraId="0AE860A1" w14:textId="77777777" w:rsidR="003F6BE9" w:rsidRPr="00C72341" w:rsidRDefault="003F6BE9" w:rsidP="00C72341">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F90131" w:rsidRDefault="00F90131" w:rsidP="00057901">
+    <w:p w14:paraId="2E127E16" w14:textId="77777777" w:rsidR="00F90131" w:rsidRDefault="00F90131" w:rsidP="00057901">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F90131">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">FORMULAIRE DE CANDIDATURE </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F90131" w:rsidRDefault="00F90131" w:rsidP="00057901">
+    <w:p w14:paraId="167BD43B" w14:textId="77777777" w:rsidR="00F90131" w:rsidRDefault="00F90131" w:rsidP="00057901">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F90131">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>EN QUALITE DE REPRESENTANT DES USAGERS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F90131" w:rsidRPr="00F90131" w:rsidRDefault="00F90131" w:rsidP="00057901">
+    <w:p w14:paraId="2789A4CA" w14:textId="77777777" w:rsidR="00F90131" w:rsidRPr="00F90131" w:rsidRDefault="00F90131" w:rsidP="00057901">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F90131">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> A LA COMMISSION DES USAGERS DES ETABLISSEMENTS DE SANTE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F90131" w:rsidRPr="00F90131" w:rsidRDefault="00F90131" w:rsidP="00057901">
+    <w:p w14:paraId="6683AC8D" w14:textId="77777777" w:rsidR="00F90131" w:rsidRPr="00F90131" w:rsidRDefault="00F90131" w:rsidP="00057901">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">DE LA </w:t>
       </w:r>
       <w:r w:rsidRPr="00F90131">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>REGION PAYS DE LA LOIRE</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00057901" w:rsidRDefault="00057901" w:rsidP="00057901">
+    <w:p w14:paraId="647F8EE3" w14:textId="77777777" w:rsidR="00057901" w:rsidRDefault="00057901" w:rsidP="00057901">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="365F91"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F90131" w:rsidRPr="000B4E9B" w:rsidRDefault="00F90131">
+    <w:p w14:paraId="0C99895D" w14:textId="77777777" w:rsidR="00F90131" w:rsidRPr="000B4E9B" w:rsidRDefault="00F90131">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B4E9B">
         <w:rPr>
           <w:i/>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Le formulaire de candidature est à compléter par les associations agréées ou mandatées</w:t>
       </w:r>
       <w:r w:rsidR="000B4E9B" w:rsidRPr="000B4E9B">
         <w:rPr>
           <w:i/>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F90131" w:rsidRPr="000B4E9B" w:rsidRDefault="000B4E9B">
+    <w:p w14:paraId="793761AA" w14:textId="77777777" w:rsidR="00F90131" w:rsidRPr="000B4E9B" w:rsidRDefault="000B4E9B">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B4E9B">
         <w:rPr>
           <w:i/>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Si vous proposez plusieurs candidatures au sein d’un même établissement, compléter autant de formulaires que de candidatures.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B4E9B" w:rsidRPr="000B4E9B" w:rsidRDefault="000B4E9B">
+    <w:p w14:paraId="5CAAAF64" w14:textId="77777777" w:rsidR="000B4E9B" w:rsidRPr="000B4E9B" w:rsidRDefault="000B4E9B">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B4E9B">
         <w:rPr>
           <w:i/>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Si vous proposez un même candidat dans plusieurs établissements, compléter un formulaire pour chaque établissement concerné pour ce candidat.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F90131" w:rsidRPr="000B4E9B" w:rsidRDefault="00F90131">
+    <w:p w14:paraId="1B177A41" w14:textId="77777777" w:rsidR="00F90131" w:rsidRPr="000B4E9B" w:rsidRDefault="00F90131">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F90131" w:rsidRPr="00DD0C60" w:rsidRDefault="00F90131">
+    <w:p w14:paraId="6EB9CACE" w14:textId="77777777" w:rsidR="00F90131" w:rsidRPr="00DD0C60" w:rsidRDefault="00F90131">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="4915" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2618"/>
         <w:gridCol w:w="7194"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidTr="00D5228C">
+      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w14:paraId="4A344FBF" w14:textId="77777777" w:rsidTr="00D5228C">
         <w:trPr>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
+          <w:p w14:paraId="68A62DB4" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
             <w:pPr>
               <w:pStyle w:val="Titre1"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD0C60">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ETABLISSEMENT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidTr="00D5228C">
+      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w14:paraId="5FADB0DD" w14:textId="77777777" w:rsidTr="00D5228C">
         <w:trPr>
           <w:trHeight w:val="492"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
+          <w:p w14:paraId="53E427CE" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
             <w:pPr>
               <w:pStyle w:val="Retraitnormal"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD0C60">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Nom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3666" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
+          <w:p w14:paraId="72D7E65F" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidTr="00D5228C">
+      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w14:paraId="0E7AE701" w14:textId="77777777" w:rsidTr="00D5228C">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
+          <w:p w14:paraId="2566ECEC" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
             <w:pPr>
               <w:pStyle w:val="Retraitnormal"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD0C60">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Commune</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3666" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
+          <w:p w14:paraId="789BDD04" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidTr="00D5228C">
+      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w14:paraId="7DAF7E87" w14:textId="77777777" w:rsidTr="00D5228C">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
+          <w:p w14:paraId="1BFCD148" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
             <w:pPr>
               <w:pStyle w:val="Retraitnormal"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD0C60">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Département</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3666" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
+          <w:p w14:paraId="4CF5684F" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidTr="00D5228C">
+      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w14:paraId="278F2AA1" w14:textId="77777777" w:rsidTr="00D5228C">
         <w:trPr>
           <w:trHeight w:val="54"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00FE757A">
+          <w:p w14:paraId="50960D75" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00FE757A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00861399" w:rsidRPr="00DD0C60" w:rsidTr="00D5228C">
+      <w:tr w:rsidR="00861399" w:rsidRPr="00DD0C60" w14:paraId="1F55A8D2" w14:textId="77777777" w:rsidTr="00D5228C">
         <w:trPr>
           <w:trHeight w:val="54"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00861399" w:rsidRDefault="00861399" w:rsidP="00FE757A">
+          <w:p w14:paraId="3A633642" w14:textId="77777777" w:rsidR="00861399" w:rsidRDefault="00861399" w:rsidP="00FE757A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00861399" w:rsidRDefault="00861399" w:rsidP="00FE757A">
+          <w:p w14:paraId="0B255EAB" w14:textId="77777777" w:rsidR="00861399" w:rsidRDefault="00861399" w:rsidP="00FE757A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00861399" w:rsidRPr="00DD0C60" w:rsidRDefault="00861399" w:rsidP="00FE757A">
+          <w:p w14:paraId="33AD6DAF" w14:textId="77777777" w:rsidR="00861399" w:rsidRPr="00DD0C60" w:rsidRDefault="00861399" w:rsidP="00FE757A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidTr="00D5228C">
+      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w14:paraId="38455359" w14:textId="77777777" w:rsidTr="00D5228C">
         <w:trPr>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
+          <w:p w14:paraId="343A3663" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
             <w:pPr>
               <w:pStyle w:val="Titre1"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD0C60">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ASSOCIATION AGREE</w:t>
             </w:r>
             <w:r w:rsidR="00397E77">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD0C60">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> OU AFFILIEE A UNE ASSOCIATION AGREEE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidTr="00D5228C">
+      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w14:paraId="5129DFA1" w14:textId="77777777" w:rsidTr="00D5228C">
         <w:trPr>
           <w:trHeight w:val="492"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
+          <w:p w14:paraId="569B5FF0" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
             <w:pPr>
               <w:pStyle w:val="Retraitnormal"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD0C60">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Nom de l’association</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3666" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00FE757A">
+          <w:p w14:paraId="21BC5587" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00FE757A">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidTr="00D5228C">
+      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w14:paraId="21D48CCB" w14:textId="77777777" w:rsidTr="00D5228C">
         <w:trPr>
           <w:trHeight w:val="768"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
+          <w:p w14:paraId="4E74F72F" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
             <w:pPr>
               <w:pStyle w:val="Retraitnormal"/>
               <w:ind w:left="0" w:firstLine="34"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD0C60">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Nom du référent </w:t>
             </w:r>
             <w:r w:rsidRPr="00D5228C">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>proposant la candidature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3666" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00FE757A">
+          <w:p w14:paraId="783B9BCA" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00FE757A">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidTr="00D5228C">
+      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w14:paraId="2A51277C" w14:textId="77777777" w:rsidTr="00D5228C">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00397E77" w:rsidP="00397E77">
+          <w:p w14:paraId="722A1DB0" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00397E77" w:rsidP="00397E77">
             <w:pPr>
               <w:pStyle w:val="Retraitnormal"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Téléphone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3666" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00FE757A">
+          <w:p w14:paraId="54C1CFE3" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00DD0C60" w:rsidRDefault="00DD0C60" w:rsidP="00FE757A">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D5228C" w:rsidRPr="00DD0C60" w:rsidTr="00D5228C">
+      <w:tr w:rsidR="00D5228C" w:rsidRPr="00DD0C60" w14:paraId="3ACE3E25" w14:textId="77777777" w:rsidTr="00D5228C">
         <w:trPr>
           <w:trHeight w:val="480"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D5228C" w:rsidRDefault="00D5228C" w:rsidP="00397E77">
+          <w:p w14:paraId="066488BB" w14:textId="77777777" w:rsidR="00D5228C" w:rsidRDefault="00D5228C" w:rsidP="00397E77">
             <w:pPr>
               <w:pStyle w:val="Retraitnormal"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Adresse e-mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3666" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00D5228C" w:rsidRDefault="00D5228C" w:rsidP="00FE757A">
+          <w:p w14:paraId="59DE28C0" w14:textId="77777777" w:rsidR="00D5228C" w:rsidRDefault="00D5228C" w:rsidP="00FE757A">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidTr="00D5228C">
+      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00846B76" w14:paraId="21514696" w14:textId="77777777" w:rsidTr="00D5228C">
         <w:trPr>
           <w:trHeight w:val="96"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
+          <w:p w14:paraId="1532D69A" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
             <w:pPr>
               <w:ind w:firstLine="720"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3666" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidRDefault="00DD0C60" w:rsidP="00FE757A">
+          <w:p w14:paraId="5A5F9E85" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidRDefault="00DD0C60" w:rsidP="00FE757A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000B4E9B" w:rsidRDefault="00397E77">
+    <w:p w14:paraId="460D9C0B" w14:textId="77777777" w:rsidR="000B4E9B" w:rsidRDefault="00397E77">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -906,51 +875,51 @@
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B4E9B" w:rsidRDefault="00861399" w:rsidP="00397E77">
+    <w:p w14:paraId="13282AA4" w14:textId="77777777" w:rsidR="000B4E9B" w:rsidRDefault="00861399" w:rsidP="00397E77">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Agrément :</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">National   </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:id w:val="1500002856"/>
           <w14:checkbox>
@@ -991,460 +960,460 @@
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:id w:val="1754849729"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A43FE5">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="000B4E9B" w:rsidRDefault="00861399">
+    <w:p w14:paraId="06F8847D" w14:textId="77777777" w:rsidR="000B4E9B" w:rsidRDefault="00861399">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B4E9B" w:rsidRDefault="00BF45B1" w:rsidP="00BF45B1">
+    <w:p w14:paraId="06FF57A7" w14:textId="77777777" w:rsidR="000B4E9B" w:rsidRDefault="00BF45B1" w:rsidP="00BF45B1">
       <w:pPr>
         <w:ind w:left="6480"/>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Date, cachet/signature du président de l’association</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B4E9B" w:rsidRDefault="000B4E9B">
-[...13 lines deleted...]
-    <w:p w:rsidR="00D5228C" w:rsidRDefault="00D5228C">
+    <w:p w14:paraId="0CD2438A" w14:textId="77777777" w:rsidR="000B4E9B" w:rsidRDefault="000B4E9B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7975BC80" w14:textId="77777777" w:rsidR="000B4E9B" w:rsidRDefault="000B4E9B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34CD839F" w14:textId="77777777" w:rsidR="00D5228C" w:rsidRDefault="00D5228C">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2663"/>
         <w:gridCol w:w="7319"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidTr="00DD0C60">
+      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00846B76" w14:paraId="51CDC0EE" w14:textId="77777777" w:rsidTr="00DD0C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
+          <w:p w14:paraId="4B3F2DD2" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
             <w:pPr>
               <w:pStyle w:val="Titre1"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>CANDIDAT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidTr="00FE757A">
+      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00846B76" w14:paraId="74D5863F" w14:textId="77777777" w:rsidTr="00FE757A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00861399" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
+          <w:p w14:paraId="5D6F5D06" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00861399" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
             <w:pPr>
               <w:pStyle w:val="Retraitnormal"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00861399">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Nom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3666" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidRDefault="00DD0C60" w:rsidP="00FE757A">
+          <w:p w14:paraId="1450A4F8" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidRDefault="00DD0C60" w:rsidP="00FE757A">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidTr="00FE757A">
+      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00846B76" w14:paraId="60B4BB28" w14:textId="77777777" w:rsidTr="00FE757A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00861399" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
+          <w:p w14:paraId="3E8C1C04" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00861399" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
             <w:pPr>
               <w:pStyle w:val="Retraitnormal"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00861399">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Prénom</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3666" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidRDefault="00DD0C60" w:rsidP="00FE757A">
+          <w:p w14:paraId="201BAC7B" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidRDefault="00DD0C60" w:rsidP="00FE757A">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidTr="00FE757A">
+      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00846B76" w14:paraId="196C98E0" w14:textId="77777777" w:rsidTr="00FE757A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00861399" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
+          <w:p w14:paraId="107CCA85" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00861399" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
             <w:pPr>
               <w:pStyle w:val="Retraitnormal"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00861399">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Adresse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3666" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidRDefault="00DD0C60" w:rsidP="00FE757A">
+          <w:p w14:paraId="1E7213C1" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidRDefault="00DD0C60" w:rsidP="00FE757A">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00861399" w:rsidRPr="00846B76" w:rsidTr="00FE757A">
+      <w:tr w:rsidR="00861399" w:rsidRPr="00846B76" w14:paraId="45A34619" w14:textId="77777777" w:rsidTr="00FE757A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00861399" w:rsidRPr="00861399" w:rsidRDefault="00861399" w:rsidP="00DD0C60">
+          <w:p w14:paraId="763180F8" w14:textId="77777777" w:rsidR="00861399" w:rsidRPr="00861399" w:rsidRDefault="00861399" w:rsidP="00DD0C60">
             <w:pPr>
               <w:pStyle w:val="Retraitnormal"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3666" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00861399" w:rsidRPr="00846B76" w:rsidRDefault="00861399" w:rsidP="00FE757A">
+          <w:p w14:paraId="642DA1C1" w14:textId="77777777" w:rsidR="00861399" w:rsidRPr="00846B76" w:rsidRDefault="00861399" w:rsidP="00FE757A">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidTr="00FE757A">
+      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00846B76" w14:paraId="684D52E1" w14:textId="77777777" w:rsidTr="00FE757A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00861399" w:rsidRDefault="00861399" w:rsidP="00DD0C60">
+          <w:p w14:paraId="23C516E2" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00861399" w:rsidRDefault="00861399" w:rsidP="00DD0C60">
             <w:pPr>
               <w:pStyle w:val="Retraitnormal"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00861399">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Téléphone</w:t>
             </w:r>
             <w:r w:rsidR="00F2464F">
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3666" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidRDefault="00DD0C60" w:rsidP="00FE757A">
+          <w:p w14:paraId="5B0BA1DC" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidRDefault="00DD0C60" w:rsidP="00FE757A">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidTr="00FE757A">
+      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00846B76" w14:paraId="09565891" w14:textId="77777777" w:rsidTr="00FE757A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00861399" w:rsidRDefault="00D5228C" w:rsidP="00D5228C">
+          <w:p w14:paraId="79717965" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00861399" w:rsidRDefault="00D5228C" w:rsidP="00D5228C">
             <w:pPr>
               <w:pStyle w:val="Retraitnormal"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Adresse e-mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3666" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidRDefault="00DD0C60" w:rsidP="00FE757A">
+          <w:p w14:paraId="114B1AF8" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidRDefault="00DD0C60" w:rsidP="00FE757A">
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidTr="00FE757A">
+      <w:tr w:rsidR="00DD0C60" w:rsidRPr="00846B76" w14:paraId="6C2271C8" w14:textId="77777777" w:rsidTr="00FE757A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1334" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidRDefault="00DD0C60" w:rsidP="00FE757A">
+          <w:p w14:paraId="50905631" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidRDefault="00DD0C60" w:rsidP="00FE757A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3666" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidRDefault="00DD0C60" w:rsidP="00FE757A">
+          <w:p w14:paraId="4C477363" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="00846B76" w:rsidRDefault="00DD0C60" w:rsidP="00FE757A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DD0C60" w:rsidRPr="0006568A" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
+    <w:p w14:paraId="0073F72D" w14:textId="77777777" w:rsidR="00DD0C60" w:rsidRPr="0006568A" w:rsidRDefault="00DD0C60" w:rsidP="00DD0C60">
       <w:pPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D5228C" w:rsidRDefault="00D5228C">
-[...6 lines deleted...]
-    <w:p w:rsidR="000B4E9B" w:rsidRDefault="00F2464F">
+    <w:p w14:paraId="7BDE3403" w14:textId="77777777" w:rsidR="00D5228C" w:rsidRDefault="00D5228C">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="167E5FEA" w14:textId="77777777" w:rsidR="000B4E9B" w:rsidRDefault="00F2464F">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Siège souhaité : Titulaire </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:id w:val="842123903"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -1523,99 +1492,85 @@
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:id w:val="-1357113681"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="000B4E9B" w:rsidRDefault="000B4E9B">
-[...13 lines deleted...]
-    <w:p w:rsidR="000B4E9B" w:rsidRDefault="00A43FE5">
+    <w:p w14:paraId="09324697" w14:textId="77777777" w:rsidR="000B4E9B" w:rsidRDefault="000B4E9B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68CAB345" w14:textId="77777777" w:rsidR="000B4E9B" w:rsidRDefault="000B4E9B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="434C428C" w14:textId="77777777" w:rsidR="000B4E9B" w:rsidRDefault="00A43FE5">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Le candidat </w:t>
-[...23 lines deleted...]
-    <w:p w:rsidR="00A43FE5" w:rsidRDefault="00A43FE5">
+        <w:t>Le candidat a-t-il précédemment siégé au sein de de la CDU de l’établissement souhaité ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FA1BE96" w14:textId="77777777" w:rsidR="00A43FE5" w:rsidRDefault="00A43FE5">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B197681" w14:textId="77777777" w:rsidR="00A43FE5" w:rsidRDefault="00A43FE5">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Oui</w:t>
       </w:r>
       <w:r w:rsidR="00BF45B1">
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:id w:val="-1254825810"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
@@ -1661,85 +1616,85 @@
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:id w:val="-789275968"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D5228C">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00A43FE5" w:rsidRDefault="00A43FE5">
-[...13 lines deleted...]
-    <w:p w:rsidR="00A43FE5" w:rsidRDefault="00A43FE5">
+    <w:p w14:paraId="7AE40FEC" w14:textId="77777777" w:rsidR="00A43FE5" w:rsidRDefault="00A43FE5">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A43C181" w14:textId="77777777" w:rsidR="00A43FE5" w:rsidRDefault="00A43FE5">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34633394" w14:textId="77777777" w:rsidR="00A43FE5" w:rsidRDefault="00A43FE5">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Le candidat siège-t-il au conseil de surveillance de l’établissement souhaité ?</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A43FE5" w:rsidRDefault="00A43FE5">
-[...6 lines deleted...]
-    <w:p w:rsidR="00A43FE5" w:rsidRDefault="00A43FE5">
+    <w:p w14:paraId="5CBE73B4" w14:textId="77777777" w:rsidR="00A43FE5" w:rsidRDefault="00A43FE5">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1169B069" w14:textId="77777777" w:rsidR="00A43FE5" w:rsidRDefault="00A43FE5">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Oui</w:t>
       </w:r>
       <w:r w:rsidR="00BF45B1">
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:id w:val="487523780"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
@@ -1785,105 +1740,91 @@
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:id w:val="1886752620"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D5228C">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00A43FE5" w:rsidRDefault="00A43FE5">
-[...6 lines deleted...]
-    <w:p w:rsidR="00A43FE5" w:rsidRDefault="00A43FE5">
+    <w:p w14:paraId="1EA174D4" w14:textId="77777777" w:rsidR="00A43FE5" w:rsidRDefault="00A43FE5">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="330BA3D6" w14:textId="77777777" w:rsidR="00A43FE5" w:rsidRDefault="00A43FE5">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Le candidat </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Le candidat a-t-il suivi la formation de base destinée aux représentants des usagers CDU ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="609912C5" w14:textId="77777777" w:rsidR="00A43FE5" w:rsidRDefault="00A43FE5">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>a-t-il</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t>(Si oui, joindre l’attestation du candidat)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000B4E9B" w:rsidRDefault="000B4E9B">
-[...6 lines deleted...]
-    <w:p w:rsidR="00A43FE5" w:rsidRDefault="00A43FE5">
+    <w:p w14:paraId="6B71FB16" w14:textId="77777777" w:rsidR="000B4E9B" w:rsidRDefault="000B4E9B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EBA6DEF" w14:textId="77777777" w:rsidR="00A43FE5" w:rsidRDefault="00A43FE5">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Oui</w:t>
       </w:r>
       <w:r w:rsidR="00BF45B1">
         <w:rPr>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:id w:val="-2080902743"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
@@ -1929,459 +1870,457 @@
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:id w:val="1089887999"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D5228C">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="000B4E9B" w:rsidRDefault="000B4E9B">
-[...6 lines deleted...]
-    <w:p w:rsidR="00634137" w:rsidRDefault="00634137" w:rsidP="00397E77">
+    <w:p w14:paraId="211835E1" w14:textId="77777777" w:rsidR="000B4E9B" w:rsidRDefault="000B4E9B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38D7BA3A" w14:textId="77777777" w:rsidR="00634137" w:rsidRDefault="00634137" w:rsidP="00397E77">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00634137" w:rsidRDefault="00634137" w:rsidP="00397E77">
+    <w:p w14:paraId="47101378" w14:textId="77777777" w:rsidR="00634137" w:rsidRDefault="00634137" w:rsidP="00397E77">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00634137" w:rsidRDefault="00634137" w:rsidP="00397E77">
+    <w:p w14:paraId="4EC7B89C" w14:textId="77777777" w:rsidR="00634137" w:rsidRDefault="00634137" w:rsidP="00397E77">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00634137" w:rsidRDefault="00634137" w:rsidP="00397E77">
+    <w:p w14:paraId="5F022697" w14:textId="77777777" w:rsidR="00634137" w:rsidRDefault="00634137" w:rsidP="00397E77">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00634137" w:rsidRDefault="00634137" w:rsidP="00397E77">
+    </w:p>
+    <w:p w14:paraId="708F5A9A" w14:textId="77777777" w:rsidR="00634137" w:rsidRDefault="00634137" w:rsidP="00397E77">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00764D84" w:rsidRDefault="00764D84" w:rsidP="00397E77">
+    <w:p w14:paraId="4693A76D" w14:textId="77777777" w:rsidR="00764D84" w:rsidRDefault="00764D84" w:rsidP="00397E77">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00634137">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>INFORMATIONS RELATIVES A LA PROTECTION DES DONNEES PERSONNELLES</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00634137" w:rsidRPr="00634137" w:rsidRDefault="00634137" w:rsidP="00397E77">
+    <w:p w14:paraId="298AE694" w14:textId="77777777" w:rsidR="00634137" w:rsidRPr="00634137" w:rsidRDefault="00634137" w:rsidP="00397E77">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0007640B" w:rsidRPr="0007640B" w:rsidRDefault="0007640B" w:rsidP="0007640B">
+    <w:p w14:paraId="50BC7768" w14:textId="77777777" w:rsidR="0007640B" w:rsidRPr="0007640B" w:rsidRDefault="0007640B" w:rsidP="0007640B">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0007640B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>L’Agence régionale de santé (ARS) Pays de la Loire réalise un traitement de données ayant pour finalité la désignation et la formation des repré</w:t>
       </w:r>
       <w:r w:rsidRPr="00634137">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>sentants des usagers au sein de la commission</w:t>
       </w:r>
       <w:r w:rsidRPr="0007640B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> des usagers (CDU) des établissements de santé (article R1112-83 du code de la santé publique). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0007640B" w:rsidRPr="0007640B" w:rsidRDefault="0007640B" w:rsidP="0007640B">
+    <w:p w14:paraId="693DC119" w14:textId="77777777" w:rsidR="0007640B" w:rsidRPr="0007640B" w:rsidRDefault="0007640B" w:rsidP="0007640B">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0007640B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Le traitement de ces données est nécessaire à l'exécution d'une mission d'intérêt public ou relevant de l'exercice de l'autorité publique dont est investie l’ARS Pays de la Loire (article 6-1 e) du RGPD). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0007640B" w:rsidRPr="0007640B" w:rsidRDefault="0007640B" w:rsidP="0007640B">
+    <w:p w14:paraId="0125C0A4" w14:textId="77777777" w:rsidR="0007640B" w:rsidRPr="0007640B" w:rsidRDefault="0007640B" w:rsidP="0007640B">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0007640B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Les catégories de données collectées sont des données d’identification (civilité, nom, prénom, identité de l’association agréée représentée) et de contact (adresse postale, courrier électronique, téléphone). Le refus de communiquer ces données fera obstacle à toute désignation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0007640B" w:rsidRPr="0007640B" w:rsidRDefault="0007640B" w:rsidP="0007640B">
+    <w:p w14:paraId="205BFDEA" w14:textId="77777777" w:rsidR="0007640B" w:rsidRPr="0007640B" w:rsidRDefault="0007640B" w:rsidP="0007640B">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0007640B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Les destinataires de ces données sont les agents du département démocratie sanitaire et territorialisation de l’ARS Pays de la Loire chargés d’instruire la désignation des représentants des usagers et l’association France Assos Santé </w:t>
       </w:r>
       <w:r w:rsidRPr="00634137">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Pays de la Loire </w:t>
       </w:r>
       <w:r w:rsidRPr="0007640B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">chargée d’organiser leur formation obligatoire, ainsi que l’établissement de santé concerné par cette désignation. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0007640B" w:rsidRPr="0007640B" w:rsidRDefault="0007640B" w:rsidP="0007640B">
+    <w:p w14:paraId="0428C58A" w14:textId="77777777" w:rsidR="0007640B" w:rsidRPr="0007640B" w:rsidRDefault="0007640B" w:rsidP="0007640B">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0007640B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Ces données seront conservées par l’ARS Pays de la Loire </w:t>
       </w:r>
       <w:r w:rsidRPr="00634137">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">pour une durée de 3 ans </w:t>
       </w:r>
       <w:r w:rsidRPr="0007640B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>à compter d</w:t>
       </w:r>
       <w:r w:rsidRPr="00634137">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>e la date d’installation de la commission des usagers des établissements de santé.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0007640B" w:rsidRPr="0007640B" w:rsidRDefault="0007640B" w:rsidP="0007640B">
+    <w:p w14:paraId="2B2F01B5" w14:textId="77777777" w:rsidR="0007640B" w:rsidRPr="0007640B" w:rsidRDefault="0007640B" w:rsidP="0007640B">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0007640B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Vous pouvez accéder aux données vous concernant, les rectifier, demander leur effacement ou exercer votre droit à la limitation du traitement de vos données. Vous pouvez également vous opposer au traitement de vos données (cf. cnil.fr pour plus d’informations sur vos droits). Pour exercer ces droits ou pour toute question sur le traitement de vos données, vous pouvez contacter le délégué à la protection des données de l’Agence régionale de santé Pays de la Loire :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0007640B" w:rsidRPr="0007640B" w:rsidRDefault="0007640B" w:rsidP="0007640B">
+    <w:p w14:paraId="45615249" w14:textId="77777777" w:rsidR="0007640B" w:rsidRPr="0007640B" w:rsidRDefault="0007640B" w:rsidP="0007640B">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0007640B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>- par voie électronique : ars-pdl-dpo@ars.sante.fr</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0007640B" w:rsidRPr="0007640B" w:rsidRDefault="0007640B" w:rsidP="0007640B">
+    <w:p w14:paraId="419E8E54" w14:textId="77777777" w:rsidR="0007640B" w:rsidRPr="0007640B" w:rsidRDefault="0007640B" w:rsidP="0007640B">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0007640B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>- par courrier postal adressé à : Agence régionale de santé Pays de la Loire, 17 Boulevard Gaston Doumergue, 44262 NANTES Cedex 2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0007640B" w:rsidRPr="00634137" w:rsidRDefault="0007640B" w:rsidP="0007640B">
+    <w:p w14:paraId="7AC6F98A" w14:textId="77777777" w:rsidR="0007640B" w:rsidRPr="00634137" w:rsidRDefault="0007640B" w:rsidP="0007640B">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="252" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0007640B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>Si vous estimez, après nous avoir contactés, que vos droits Informatique et Libertés ne sont pas respectés ou que ce traitement n’est pas conforme aux règles de protection des données, vous pouvez adresser une réclamation à la CNIL, par internet (www.cnil.fr/fr/plaintes) ou par voie postale : 3 Place de Fontenoy – TSA 80715 – 75334 PARIS CEDEX 07.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0007640B" w:rsidRPr="00634137" w:rsidSect="00F476D8">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="961" w:right="964" w:bottom="964" w:left="964" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00DE463A" w:rsidRDefault="00DE463A" w:rsidP="0079276E">
+    <w:p w14:paraId="7F781416" w14:textId="77777777" w:rsidR="00DE463A" w:rsidRDefault="00DE463A" w:rsidP="0079276E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00DE463A" w:rsidRDefault="00DE463A" w:rsidP="0079276E">
+    <w:p w14:paraId="023CCC89" w14:textId="77777777" w:rsidR="00DE463A" w:rsidRDefault="00DE463A" w:rsidP="0079276E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2421,164 +2360,164 @@
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:id w:val="1353150097"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="008443A5" w:rsidRDefault="008443A5" w:rsidP="002F5335">
+      <w:p w14:paraId="3046FAD9" w14:textId="77777777" w:rsidR="008443A5" w:rsidRDefault="008443A5" w:rsidP="002F5335">
         <w:pPr>
           <w:pStyle w:val="Pieddepage"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Numrodepage"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="008443A5" w:rsidRDefault="008443A5">
+  <w:p w14:paraId="2E123445" w14:textId="77777777" w:rsidR="008443A5" w:rsidRDefault="008443A5">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00CB1D18" w:rsidRDefault="00FB67D1" w:rsidP="00CB1D18">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="49939AAC" w14:textId="77777777" w:rsidR="00CB1D18" w:rsidRDefault="00E53F05" w:rsidP="00CB1D18">
     <w:pPr>
       <w:pStyle w:val="PieddePage2"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="6D6DFF" w:themeColor="background2" w:themeTint="66"/>
         <w:szCs w:val="14"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
     <w:hyperlink r:id="rId1" w:history="1">
-      <w:r w:rsidR="00E53F05" w:rsidRPr="006C03F3">
+      <w:r w:rsidRPr="006C03F3">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:cs="Times New Roman"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>ars-pdl-contact@ars.sante.fr</w:t>
       </w:r>
     </w:hyperlink>
   </w:p>
-  <w:p w:rsidR="00E53F05" w:rsidRPr="00E53F05" w:rsidRDefault="00E53F05" w:rsidP="00CB1D18">
+  <w:p w14:paraId="3EA198B1" w14:textId="77777777" w:rsidR="00E53F05" w:rsidRPr="00E53F05" w:rsidRDefault="00E53F05" w:rsidP="00CB1D18">
     <w:pPr>
       <w:pStyle w:val="Corpsdetexte"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="344E4A" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="344E4A" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>02 49 10 40 00</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00802623" w:rsidRPr="00652A58" w:rsidRDefault="00B47AFD" w:rsidP="00802623">
+  <w:p w14:paraId="586BA0D5" w14:textId="77777777" w:rsidR="00802623" w:rsidRPr="00652A58" w:rsidRDefault="00B47AFD" w:rsidP="00802623">
     <w:pPr>
       <w:rPr>
         <w:color w:val="344E4A" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57439E63" wp14:editId="58201FC5">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19DE3F78" wp14:editId="7E35A805">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4114800</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>65405</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2612390" cy="452755"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
           <wp:wrapNone/>
           <wp:docPr id="3" name="Image 3"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="3" name="Image 3"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
@@ -2597,90 +2536,90 @@
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00802623" w:rsidRPr="00652A58">
       <w:rPr>
         <w:color w:val="344E4A" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>17 boulevard Gaston Doumergue - CS 56233</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00802623" w:rsidRPr="00652A58" w:rsidRDefault="00802623" w:rsidP="00802623">
+  <w:p w14:paraId="3405DFC0" w14:textId="77777777" w:rsidR="00802623" w:rsidRPr="00652A58" w:rsidRDefault="00802623" w:rsidP="00802623">
     <w:pPr>
       <w:rPr>
         <w:color w:val="344E4A" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00652A58">
       <w:rPr>
         <w:color w:val="344E4A" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>44262 NANTES cedex 2</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00802623" w:rsidRPr="00652A58" w:rsidRDefault="00802623" w:rsidP="00802623">
+  <w:p w14:paraId="60659074" w14:textId="77777777" w:rsidR="00802623" w:rsidRPr="00652A58" w:rsidRDefault="00802623" w:rsidP="00802623">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
         <w:color w:val="000080"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
         <w:noProof/>
         <w:color w:val="000080"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04CCC618" wp14:editId="3ED829A3">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6B7BC851" wp14:editId="06C0B90D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-40640</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>126365</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1062990" cy="187325"/>
           <wp:effectExtent l="0" t="0" r="3810" b="3175"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Image 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="RS logos.jpg"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId3">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -2702,117 +2641,117 @@
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00652A58">
       <w:rPr>
         <w:b/>
         <w:color w:val="344E4A" w:themeColor="accent1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
       <w:t>www.pays-de-la-loire.ars.sante.fr</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="0079276E" w:rsidRPr="00652A58" w:rsidRDefault="0079276E" w:rsidP="00802623">
+  <w:p w14:paraId="3363ABD3" w14:textId="77777777" w:rsidR="0079276E" w:rsidRPr="00652A58" w:rsidRDefault="0079276E" w:rsidP="00802623">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="008443A5" w:rsidRPr="00C666FD" w:rsidRDefault="008443A5">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="27D11F71" w14:textId="77777777" w:rsidR="008443A5" w:rsidRPr="00C666FD" w:rsidRDefault="008443A5">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00DE463A" w:rsidRDefault="00DE463A" w:rsidP="0079276E">
+    <w:p w14:paraId="07A5FE19" w14:textId="77777777" w:rsidR="00DE463A" w:rsidRDefault="00DE463A" w:rsidP="0079276E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00DE463A" w:rsidRDefault="00DE463A" w:rsidP="0079276E">
+    <w:p w14:paraId="7215A9C8" w14:textId="77777777" w:rsidR="00DE463A" w:rsidRDefault="00DE463A" w:rsidP="0079276E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="000C556B" w:rsidRDefault="000C556B" w:rsidP="000C556B">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3BF28CB1" w14:textId="77777777" w:rsidR="000C556B" w:rsidRDefault="000C556B" w:rsidP="000C556B">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:right="59"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000F3A76">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D630A0A" wp14:editId="2B84D110">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16D33251" wp14:editId="3F3E155B">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4810650</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>136646</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1581393" cy="911311"/>
           <wp:effectExtent l="0" t="0" r="0" b="3175"/>
           <wp:wrapNone/>
           <wp:docPr id="1" name="Image 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="logo_partenaire.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -2829,51 +2768,51 @@
                     <a:off x="0" y="0"/>
                     <a:ext cx="1581393" cy="911311"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="21552BD4" wp14:editId="5B7F35C3">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4BC62C49" wp14:editId="0C9DB966">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-158115</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-2540</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1357630" cy="1228725"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="1616" y="1786"/>
               <wp:lineTo x="1616" y="19200"/>
               <wp:lineTo x="9295" y="19200"/>
               <wp:lineTo x="10103" y="17414"/>
               <wp:lineTo x="8891" y="16967"/>
               <wp:lineTo x="18589" y="12056"/>
               <wp:lineTo x="18185" y="9823"/>
               <wp:lineTo x="19802" y="7591"/>
               <wp:lineTo x="18589" y="6251"/>
               <wp:lineTo x="10103" y="1786"/>
               <wp:lineTo x="1616" y="1786"/>
             </wp:wrapPolygon>
           </wp:wrapTight>
           <wp:docPr id="10" name="Image 9" descr="Mac:Users:xavier.hasendahl:Desktop:ELEMENTS TEMPLATES SIG:LOGOS:REPUBLIQUE_FRANCAISE:eps:Republique_Francaise_CMJN.eps"/>
@@ -2915,112 +2854,112 @@
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="000C556B" w:rsidRDefault="000C556B" w:rsidP="000C556B">
+  <w:p w14:paraId="630C4222" w14:textId="77777777" w:rsidR="000C556B" w:rsidRDefault="000C556B" w:rsidP="000C556B">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:ind w:right="59"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="000C556B" w:rsidRDefault="000C556B" w:rsidP="000C556B">
+  <w:p w14:paraId="6851F867" w14:textId="77777777" w:rsidR="000C556B" w:rsidRDefault="000C556B" w:rsidP="000C556B">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="000C556B" w:rsidRDefault="000C556B" w:rsidP="000C556B">
+  <w:p w14:paraId="2BB37065" w14:textId="77777777" w:rsidR="000C556B" w:rsidRDefault="000C556B" w:rsidP="000C556B">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:rPr>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="004D141A" w:rsidRPr="00146FE3" w:rsidRDefault="004D141A" w:rsidP="00146FE3">
+  <w:p w14:paraId="1DEB9887" w14:textId="77777777" w:rsidR="004D141A" w:rsidRPr="00146FE3" w:rsidRDefault="004D141A" w:rsidP="00146FE3">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00B623FE" w:rsidRPr="00B623FE" w:rsidRDefault="00B623FE" w:rsidP="00B623FE">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="17808F7C" w14:textId="77777777" w:rsidR="00B623FE" w:rsidRPr="00B623FE" w:rsidRDefault="00B623FE" w:rsidP="00B623FE">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
       </w:tabs>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="014B4F33"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="224063D8"/>
     <w:lvl w:ilvl="0" w:tplc="2EC83B84">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3054" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3774" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
@@ -3722,129 +3661,131 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7374" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8094" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="8814" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1961761154">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="229463018">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1272127758">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="773400109">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1949653072">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="917524346">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="459417648">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:formatting="1" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00652A58"/>
     <w:rsid w:val="0001014A"/>
     <w:rsid w:val="0001044C"/>
     <w:rsid w:val="00011C63"/>
     <w:rsid w:val="000301D7"/>
     <w:rsid w:val="00041EC8"/>
     <w:rsid w:val="00057901"/>
     <w:rsid w:val="000703CE"/>
     <w:rsid w:val="0007640B"/>
     <w:rsid w:val="00077A96"/>
     <w:rsid w:val="000924D0"/>
     <w:rsid w:val="000A6C2F"/>
     <w:rsid w:val="000B07DC"/>
     <w:rsid w:val="000B4E9B"/>
     <w:rsid w:val="000C556B"/>
     <w:rsid w:val="001131AE"/>
     <w:rsid w:val="00146FE3"/>
     <w:rsid w:val="00164B64"/>
     <w:rsid w:val="00167430"/>
     <w:rsid w:val="001748BA"/>
     <w:rsid w:val="001A15D3"/>
     <w:rsid w:val="001A5113"/>
+    <w:rsid w:val="001A7352"/>
     <w:rsid w:val="001B308A"/>
     <w:rsid w:val="001B6F29"/>
     <w:rsid w:val="001C3E20"/>
+    <w:rsid w:val="001D6D66"/>
     <w:rsid w:val="001E672A"/>
     <w:rsid w:val="00211923"/>
     <w:rsid w:val="00247974"/>
     <w:rsid w:val="00290741"/>
     <w:rsid w:val="002973A4"/>
     <w:rsid w:val="002A6968"/>
     <w:rsid w:val="002C3085"/>
     <w:rsid w:val="00312DA7"/>
     <w:rsid w:val="003239F8"/>
     <w:rsid w:val="00332684"/>
     <w:rsid w:val="003760FE"/>
     <w:rsid w:val="00384B76"/>
     <w:rsid w:val="00397E77"/>
     <w:rsid w:val="003C16C7"/>
     <w:rsid w:val="003E5AB9"/>
     <w:rsid w:val="003F6BE9"/>
     <w:rsid w:val="00405BA3"/>
     <w:rsid w:val="00431A4F"/>
     <w:rsid w:val="00446DF0"/>
     <w:rsid w:val="00465630"/>
     <w:rsid w:val="004849D6"/>
     <w:rsid w:val="004D141A"/>
     <w:rsid w:val="004E501D"/>
     <w:rsid w:val="00565021"/>
     <w:rsid w:val="00590D9F"/>
@@ -3937,100 +3878,101 @@
     <w:rsid w:val="00DB2233"/>
     <w:rsid w:val="00DD0C60"/>
     <w:rsid w:val="00DD1A21"/>
     <w:rsid w:val="00DE463A"/>
     <w:rsid w:val="00E13FDD"/>
     <w:rsid w:val="00E30C47"/>
     <w:rsid w:val="00E53F05"/>
     <w:rsid w:val="00E5641C"/>
     <w:rsid w:val="00E56942"/>
     <w:rsid w:val="00E67E10"/>
     <w:rsid w:val="00E75FC7"/>
     <w:rsid w:val="00E90A16"/>
     <w:rsid w:val="00E95F90"/>
     <w:rsid w:val="00EC49E5"/>
     <w:rsid w:val="00EC79FD"/>
     <w:rsid w:val="00EF2D08"/>
     <w:rsid w:val="00EF7D46"/>
     <w:rsid w:val="00F04A7E"/>
     <w:rsid w:val="00F2464F"/>
     <w:rsid w:val="00F35CA5"/>
     <w:rsid w:val="00F476D8"/>
     <w:rsid w:val="00F67DE3"/>
     <w:rsid w:val="00F90131"/>
     <w:rsid w:val="00FB18BA"/>
     <w:rsid w:val="00FB67D1"/>
+    <w:rsid w:val="00FD0E68"/>
     <w:rsid w:val="00FD5CC3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="13B38E04"/>
+  <w14:docId w14:val="37759645"/>
   <w15:docId w15:val="{FDBEED56-7A72-4C7B-B84C-678AE2CE71C4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4358,50 +4300,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rsid w:val="003F6BE9"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Corpsdetexte"/>
     <w:link w:val="Titre1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00E56942"/>
     <w:pPr>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
@@ -4996,52 +4943,52 @@
     <w:basedOn w:val="TableauNormal"/>
     <w:rsid w:val="003F6BE9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertextesuivivisit">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003F6BE9"/>
     <w:rPr>
       <w:color w:val="5770BE" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Mentionnonrsolue1">
+    <w:name w:val="Mention non résolue1"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003F6BE9"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ServiceInfoHeaderCar">
     <w:name w:val="Service Info Header Car"/>
     <w:basedOn w:val="En-tteCar"/>
     <w:link w:val="ServiceInfoHeader"/>
     <w:locked/>
     <w:rsid w:val="00384B76"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ServiceInfoHeader">
@@ -5183,51 +5130,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Retraitnormal">
     <w:name w:val="Normal Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00DD0C60"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="200" w:line="271" w:lineRule="auto"/>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="128984341">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="740442387">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5268,767 +5215,59 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1973053917">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ars-pdl-contact@ars.sante.fr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
-</file>
-[...706 lines deleted...]
-</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="ministere">
   <a:themeElements>
     <a:clrScheme name="Marque Etat">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="E1000F"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="000091"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="466964"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="484D7A"/>
       </a:accent2>
       <a:accent3>
@@ -6209,81 +5448,105 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{047007C4-F4DA-4586-9CFA-043E72CA61D2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>600</Words>
-  <Characters>3305</Characters>
+  <Words>592</Words>
+  <Characters>3258</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministères Chargés des Affaires Sociales</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3898</CharactersWithSpaces>
+  <CharactersWithSpaces>3843</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Impression</dc:title>
   <dc:creator>ARS</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2020-02-23T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Adobe Illustrator CC 22.1 (Macintosh)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2020-03-05T00:00:00Z</vt:filetime>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2026-02-11T10:04:28Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>99007598-6031-431d-b7cc-ace0fad3c1cf</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>