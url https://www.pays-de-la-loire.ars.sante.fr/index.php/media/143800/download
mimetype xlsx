--- v0 (2025-10-24)
+++ v1 (2025-12-18)
@@ -1,268 +1,345 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\DT85\PARC\PUBLIC\CELLULE INTERDEPARTEMENTALE\Tatoueurs\Liste des organismes\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\DOS\RHS\PUBLIC\RHSS\RH 9-FORMA HORS INTERNAT\1- FONCTION INSTITUTS\FORMATION\TATOUEURS FORMATION HYGIENE SECURITE\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D32BA886-73F0-4CB2-A28E-59FFB1C4DD9C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9DDEED88-7E81-4E8E-B367-C7B254B3EEF3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="21">
   <si>
     <t>dénomination de l'organisme</t>
   </si>
   <si>
     <t>n° de SIRET</t>
   </si>
   <si>
     <t xml:space="preserve">lieux de formation </t>
   </si>
   <si>
     <t>contact mail</t>
   </si>
   <si>
     <t>AESTHETICA FORMATION</t>
   </si>
   <si>
     <t>aestheticaformation@gmail.com</t>
   </si>
   <si>
     <t>CORPSTECH formation</t>
   </si>
   <si>
+    <t>44 et 72</t>
+  </si>
+  <si>
     <t>info@corpstech.fr</t>
   </si>
   <si>
     <t>DAFSI</t>
   </si>
   <si>
     <t>dafsi.formation@gmail.com</t>
   </si>
   <si>
     <t>FORMABELLE</t>
   </si>
   <si>
     <t>contact@formabelle.fr</t>
   </si>
   <si>
     <t>IFEP</t>
   </si>
   <si>
-    <t>44 et 72</t>
-[...1 lines deleted...]
-  <si>
     <t>formation@ifep-formation.fr</t>
+  </si>
+  <si>
+    <t>DIGIVODA</t>
+  </si>
+  <si>
+    <t>contact@digivoda.com</t>
+  </si>
+  <si>
+    <t>85 et 49</t>
+  </si>
+  <si>
+    <t>TBCF</t>
+  </si>
+  <si>
+    <t>contact.tbcf@gmail.com</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Centres de formation et d'évaluation habilités en PDL </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Century Gothic"/>
         <family val="2"/>
       </rPr>
-      <t>(au 15/09/2025)</t>
+      <t>(au 01/12/2025)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Century Gothic"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> :</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Century Gothic"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="12">
+  <cellXfs count="22">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Lien hypertexte" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -503,219 +580,297 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:formation@ifep-formation.fr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@formabelle.fr" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aestheticaformation@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:formation@ifep-formation.fr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact@formabelle.fr" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:aestheticaformation@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:contact.tbcf@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A2:D9"/>
+  <dimension ref="A3:I22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A9" sqref="A9"/>
+      <selection activeCell="H13" sqref="H13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="31.109375" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="18.77734375" customWidth="1"/>
+    <col min="1" max="1" width="33.6640625" customWidth="1"/>
+    <col min="2" max="2" width="30.5546875" customWidth="1"/>
+    <col min="3" max="3" width="29.88671875" style="12" customWidth="1"/>
+    <col min="4" max="4" width="38.44140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A2" s="6" t="s">
+    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A3" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B3" s="7"/>
+      <c r="C3" s="7"/>
+      <c r="D3" s="6"/>
+    </row>
+    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A4" s="6"/>
+      <c r="B4" s="7"/>
+      <c r="C4" s="7"/>
+      <c r="D4" s="6"/>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A5" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B5" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A6" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="10">
+        <v>87914264400019</v>
+      </c>
+      <c r="C6" s="8">
+        <v>44</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A7" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" s="10">
+        <v>75171101100021</v>
+      </c>
+      <c r="C7" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A8" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="B8" s="10">
+        <v>90368758000014</v>
+      </c>
+      <c r="C8" s="8">
+        <v>44</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A9" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" s="10">
+        <v>53450174700057</v>
+      </c>
+      <c r="C9" s="8">
+        <v>44</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A10" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="10">
+        <v>48037612800033</v>
+      </c>
+      <c r="C10" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A11" s="20" t="s">
         <v>15</v>
       </c>
-      <c r="B2" s="8"/>
-[...30 lines deleted...]
-      <c r="C5" s="9">
+      <c r="B11" s="11">
+        <v>48834744400033</v>
+      </c>
+      <c r="C11" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="D11" s="14" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A12" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" s="10">
+        <v>83134377700015</v>
+      </c>
+      <c r="C12" s="9">
         <v>44</v>
       </c>
-      <c r="D5" s="2" t="s">
-[...57 lines deleted...]
-      </c>
+      <c r="D12" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" s="6"/>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="E13" s="15"/>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A17" s="19"/>
+      <c r="B17" s="20"/>
+      <c r="C17" s="13"/>
+      <c r="D17" s="20"/>
+      <c r="E17" s="20"/>
+      <c r="F17" s="20"/>
+      <c r="G17" s="20"/>
+      <c r="H17" s="20"/>
+      <c r="I17" s="20"/>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A18" s="5"/>
+      <c r="B18" s="5"/>
+      <c r="C18" s="16"/>
+      <c r="D18" s="5"/>
+      <c r="E18" s="21"/>
+      <c r="F18" s="5"/>
+      <c r="G18" s="17"/>
+      <c r="H18" s="17"/>
+      <c r="I18" s="20"/>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A19" s="5"/>
+      <c r="B19" s="5"/>
+      <c r="C19" s="16"/>
+      <c r="D19" s="5"/>
+      <c r="E19" s="21"/>
+      <c r="F19" s="5"/>
+      <c r="G19" s="17"/>
+      <c r="H19" s="17"/>
+      <c r="I19" s="20"/>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A20" s="20"/>
+      <c r="B20" s="20"/>
+      <c r="C20" s="13"/>
+      <c r="D20" s="20"/>
+      <c r="E20" s="20"/>
+      <c r="F20" s="20"/>
+      <c r="G20" s="20"/>
+      <c r="H20" s="20"/>
+      <c r="I20" s="20"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="D22" s="15"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="D5" r:id="rId1" xr:uid="{CC251CA9-A5C6-4980-991A-4E741A1E7B68}"/>
-[...1 lines deleted...]
-    <hyperlink ref="D9" r:id="rId3" xr:uid="{8DF1D638-D07F-4DBC-8113-38637A800DC6}"/>
+    <hyperlink ref="D6" r:id="rId1" xr:uid="{CC251CA9-A5C6-4980-991A-4E741A1E7B68}"/>
+    <hyperlink ref="D9" r:id="rId2" xr:uid="{3917BE9D-89AD-462B-BC30-A1A66EF70585}"/>
+    <hyperlink ref="D10" r:id="rId3" xr:uid="{8DF1D638-D07F-4DBC-8113-38637A800DC6}"/>
+    <hyperlink ref="D12" r:id="rId4" xr:uid="{01BDFD8B-B663-4615-AC75-97FCDCBE1B40}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Feuil1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>WEYMEERSCH, Sophie (ARS-PDL/DOS/RHS)</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
-    <vt:lpwstr>2025-09-11T09:51:32Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-01T16:15:28Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
     <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
     <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
-    <vt:lpwstr>b7db5957-b3fb-41dc-ad9a-85ca13a94aa1</vt:lpwstr>
+    <vt:lpwstr>b1eea68a-9029-4e3d-8d78-eefaf8197df0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
     <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>