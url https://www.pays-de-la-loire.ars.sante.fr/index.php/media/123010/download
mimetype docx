--- v0 (2025-10-19)
+++ v1 (2026-01-23)
@@ -1,73 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="007A1798" w:rsidRPr="007A1798" w:rsidRDefault="0004753C" w:rsidP="007A1798">
+    <w:p w14:paraId="7DA66EDD" w14:textId="77777777" w:rsidR="007A1798" w:rsidRPr="007A1798" w:rsidRDefault="0004753C" w:rsidP="007A1798">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="2410"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="center" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3C02666E" wp14:editId="43205770">
             <wp:extent cx="6408420" cy="1352468"/>
             <wp:effectExtent l="0" t="0" r="0" b="635"/>
             <wp:docPr id="2" name="Image 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="logo ars pdl.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -132,113 +133,113 @@
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10065" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3780"/>
         <w:gridCol w:w="2699"/>
         <w:gridCol w:w="3586"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007A1798" w:rsidRPr="007A1798" w:rsidTr="00380D7E">
+      <w:tr w:rsidR="007A1798" w:rsidRPr="007A1798" w14:paraId="6F96D971" w14:textId="77777777" w:rsidTr="00380D7E">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="235"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A1798" w:rsidRPr="007A1798" w:rsidRDefault="007A1798" w:rsidP="007A1798">
+          <w:p w14:paraId="74F80ABE" w14:textId="77777777" w:rsidR="007A1798" w:rsidRPr="007A1798" w:rsidRDefault="007A1798" w:rsidP="007A1798">
             <w:pPr>
               <w:ind w:left="-214"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2699" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A1798" w:rsidRPr="007A1798" w:rsidRDefault="007A1798" w:rsidP="007A1798"/>
+          <w:p w14:paraId="6AC121F8" w14:textId="77777777" w:rsidR="007A1798" w:rsidRPr="007A1798" w:rsidRDefault="007A1798" w:rsidP="007A1798"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3586" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007A1798" w:rsidRPr="007A1798" w:rsidRDefault="007A1798" w:rsidP="007A1798"/>
+          <w:p w14:paraId="0E41062E" w14:textId="77777777" w:rsidR="007A1798" w:rsidRPr="007A1798" w:rsidRDefault="007A1798" w:rsidP="007A1798"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000C4951" w:rsidRPr="007A1798" w:rsidRDefault="000C4951" w:rsidP="000C4951">
+    <w:p w14:paraId="0920AFE0" w14:textId="77777777" w:rsidR="000C4951" w:rsidRPr="007A1798" w:rsidRDefault="000C4951" w:rsidP="000C4951">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000091"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A1798">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000091"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Personne qualifiée en ESMS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E677D3" w:rsidRPr="00604FF2" w:rsidRDefault="000C4951" w:rsidP="000C4951">
+    <w:p w14:paraId="4607E689" w14:textId="77777777" w:rsidR="00E677D3" w:rsidRPr="00604FF2" w:rsidRDefault="000C4951" w:rsidP="000C4951">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00604FF2">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Formulaire de</w:t>
       </w:r>
@@ -265,116 +266,114 @@
         <w:t xml:space="preserve"> saisine</w:t>
       </w:r>
       <w:r w:rsidR="002E793F" w:rsidRPr="00604FF2">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> à adresser à la délégation territoriale ARS</w:t>
       </w:r>
       <w:r w:rsidR="00846A88" w:rsidRPr="00604FF2">
         <w:rPr>
           <w:rFonts w:ascii="Marianne" w:hAnsi="Marianne"/>
           <w:bCs/>
           <w:i/>
           <w:color w:val="000091"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> du département concerné</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C4951" w:rsidRPr="00C34224" w:rsidRDefault="000C4951" w:rsidP="00F84D5C">
+    <w:p w14:paraId="3823FE85" w14:textId="77777777" w:rsidR="000C4951" w:rsidRPr="00C34224" w:rsidRDefault="000C4951" w:rsidP="00F84D5C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="-512"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00862E4F" w:rsidRPr="00C779C1" w:rsidRDefault="000C4951" w:rsidP="00F84D5C">
+    <w:p w14:paraId="57E80B9B" w14:textId="77777777" w:rsidR="00862E4F" w:rsidRPr="00C779C1" w:rsidRDefault="000C4951" w:rsidP="00F84D5C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="-512"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Je soussigné(e) : </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00862E4F" w:rsidRPr="00C779C1" w:rsidRDefault="00604FF2" w:rsidP="00721785">
+    <w:p w14:paraId="7C122A99" w14:textId="77777777" w:rsidR="00862E4F" w:rsidRPr="00C779C1" w:rsidRDefault="00604FF2" w:rsidP="00721785">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="-510"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00C20E22" w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F06F"/>
       </w:r>
       <w:r w:rsidR="00C20E22" w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00862E4F" w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Madame  </w:t>
       </w:r>
       <w:r w:rsidR="00862E4F" w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
       <w:r w:rsidR="00862E4F" w:rsidRPr="00C779C1">
@@ -399,91 +398,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00862E4F" w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00862E4F" w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00862E4F" w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>Prénom :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00862E4F" w:rsidRPr="00C779C1" w:rsidRDefault="00862E4F" w:rsidP="0064553E">
+    <w:p w14:paraId="5FF921FF" w14:textId="77777777" w:rsidR="00862E4F" w:rsidRPr="00C779C1" w:rsidRDefault="00862E4F" w:rsidP="0064553E">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:before="160" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="-397"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Adresse :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008E00F0" w:rsidRDefault="008E00F0" w:rsidP="00721785">
+    <w:p w14:paraId="739A1B8F" w14:textId="77777777" w:rsidR="008E00F0" w:rsidRDefault="008E00F0" w:rsidP="00721785">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:before="160" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="-510"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00862E4F" w:rsidRPr="00C779C1" w:rsidRDefault="00862E4F" w:rsidP="00721785">
+    <w:p w14:paraId="7A203AAD" w14:textId="77777777" w:rsidR="00862E4F" w:rsidRPr="00C779C1" w:rsidRDefault="00862E4F" w:rsidP="00721785">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:before="160" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="-510"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Numéro de téléphone :</w:t>
       </w:r>
       <w:r w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -510,158 +509,158 @@
       <w:r w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00721785">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>adresse e-mail :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00862E4F" w:rsidRPr="00C779C1" w:rsidRDefault="00862E4F" w:rsidP="00F84D5C">
+    <w:p w14:paraId="4177F742" w14:textId="77777777" w:rsidR="00862E4F" w:rsidRPr="00C779C1" w:rsidRDefault="00862E4F" w:rsidP="00F84D5C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="-512"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C20E22" w:rsidRPr="00C779C1" w:rsidRDefault="000C4951" w:rsidP="00F84D5C">
+    <w:p w14:paraId="325574EC" w14:textId="77777777" w:rsidR="00C20E22" w:rsidRPr="00C779C1" w:rsidRDefault="000C4951" w:rsidP="00F84D5C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="-512"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
       <w:r w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>En tant qu’usager</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20E22" w:rsidRDefault="000C4951" w:rsidP="00F84D5C">
+    <w:p w14:paraId="13734253" w14:textId="77777777" w:rsidR="00C20E22" w:rsidRDefault="000C4951" w:rsidP="00F84D5C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="-512"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>☐</w:t>
       </w:r>
       <w:r w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>En tant que représentant légal de :</w:t>
       </w:r>
       <w:r w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20E22" w:rsidRPr="0064553E" w:rsidRDefault="00721785" w:rsidP="0064553E">
+    <w:p w14:paraId="47C433A8" w14:textId="77777777" w:rsidR="00C20E22" w:rsidRPr="0064553E" w:rsidRDefault="00721785" w:rsidP="0064553E">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="-512"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0064553E">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0064553E" w:rsidRPr="0064553E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -715,193 +714,193 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0064553E" w:rsidRPr="0064553E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0064553E" w:rsidRPr="0064553E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Prénom :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20E22" w:rsidRPr="00C779C1" w:rsidRDefault="00F84D5C" w:rsidP="00F84D5C">
+    <w:p w14:paraId="4CFE9523" w14:textId="77777777" w:rsidR="00C20E22" w:rsidRPr="00C779C1" w:rsidRDefault="00F84D5C" w:rsidP="00F84D5C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="-512"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000C4951" w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Adresse :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20E22" w:rsidRPr="00C779C1" w:rsidRDefault="00C20E22" w:rsidP="00F84D5C">
+    <w:p w14:paraId="5DAC4923" w14:textId="77777777" w:rsidR="00C20E22" w:rsidRPr="00C779C1" w:rsidRDefault="00C20E22" w:rsidP="00F84D5C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="-512"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000C4951" w:rsidRPr="00C779C1" w:rsidRDefault="000C4951" w:rsidP="004830F6">
+    <w:p w14:paraId="357EB35C" w14:textId="77777777" w:rsidR="000C4951" w:rsidRPr="00C779C1" w:rsidRDefault="000C4951" w:rsidP="004830F6">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="312" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Fais la saisine d’une personne qualifiée. Après consultation de l’arrêté de désignation, mon choix s’est </w:t>
       </w:r>
       <w:r w:rsidR="004830F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>porté sur la personne qualifiée désignée ci-dessous :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20E22" w:rsidRPr="00C779C1" w:rsidRDefault="00C20E22" w:rsidP="004830F6">
+    <w:p w14:paraId="58B39C9F" w14:textId="77777777" w:rsidR="00C20E22" w:rsidRPr="00C779C1" w:rsidRDefault="00C20E22" w:rsidP="004830F6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="312"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Nom / Prénom :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20E22" w:rsidRPr="00C779C1" w:rsidRDefault="00C20E22" w:rsidP="004830F6">
+    <w:p w14:paraId="7D8C758C" w14:textId="77777777" w:rsidR="00C20E22" w:rsidRPr="00C779C1" w:rsidRDefault="00C20E22" w:rsidP="004830F6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="312"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Intervenant dans le département : ___________________ où se situe le service ou l’établissement concerné.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20E22" w:rsidRPr="00C779C1" w:rsidRDefault="00C20E22" w:rsidP="004830F6">
+    <w:p w14:paraId="10866A62" w14:textId="77777777" w:rsidR="00C20E22" w:rsidRPr="00C779C1" w:rsidRDefault="00C20E22" w:rsidP="004830F6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="312"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C20E22" w:rsidRPr="00C779C1" w:rsidRDefault="00C20E22" w:rsidP="0048600C">
+    <w:p w14:paraId="0FABE215" w14:textId="77777777" w:rsidR="00C20E22" w:rsidRPr="00C779C1" w:rsidRDefault="00C20E22" w:rsidP="0048600C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="160" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="312" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -926,129 +925,129 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">l’établissement ou le service </w:t>
       </w:r>
       <w:r w:rsidR="00721785">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">social ou </w:t>
       </w:r>
       <w:r w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>médico-social suivant :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20E22" w:rsidRPr="00C779C1" w:rsidRDefault="00C20E22" w:rsidP="004830F6">
+    <w:p w14:paraId="500D071C" w14:textId="77777777" w:rsidR="00C20E22" w:rsidRPr="00C779C1" w:rsidRDefault="00C20E22" w:rsidP="004830F6">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:before="160" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="312"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Raison sociale de la structure :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20E22" w:rsidRDefault="00C20E22" w:rsidP="004830F6">
+    <w:p w14:paraId="1ED6A1F4" w14:textId="77777777" w:rsidR="00C20E22" w:rsidRDefault="00C20E22" w:rsidP="004830F6">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="312"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Adresse :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00721785" w:rsidRPr="004830F6" w:rsidRDefault="00721785" w:rsidP="004830F6">
+    <w:p w14:paraId="2B0FCCE2" w14:textId="77777777" w:rsidR="00721785" w:rsidRPr="004830F6" w:rsidRDefault="00721785" w:rsidP="004830F6">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="312"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="279" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9922"/>
+        <w:gridCol w:w="10206"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0075592A" w:rsidTr="004C336B">
+      <w:tr w:rsidR="0075592A" w14:paraId="044B768E" w14:textId="77777777" w:rsidTr="005239EC">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9922" w:type="dxa"/>
+            <w:tcW w:w="10206" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0075592A" w:rsidRPr="006E3895" w:rsidRDefault="008E00F0" w:rsidP="004C336B">
+          <w:p w14:paraId="1833B945" w14:textId="77777777" w:rsidR="0075592A" w:rsidRPr="006E3895" w:rsidRDefault="008E00F0" w:rsidP="004C336B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="142"/>
               </w:tabs>
               <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
               <w:ind w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="00C34224" w:rsidRPr="006E3895">
               <w:rPr>
@@ -1068,305 +1067,732 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="00C34224" w:rsidRPr="006E3895">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> de la saisine</w:t>
             </w:r>
             <w:r w:rsidR="00C34224" w:rsidRPr="006E3895">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> (peut être accompagné d’un courrier plus détaillé et d’éventuels justificatifs).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C34224" w:rsidRDefault="00C34224" w:rsidP="004C336B">
+          <w:p w14:paraId="13574444" w14:textId="77777777" w:rsidR="00C34224" w:rsidRDefault="00C34224" w:rsidP="004C336B">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="142"/>
               </w:tabs>
               <w:spacing w:before="160" w:after="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C34224" w:rsidRDefault="00C34224" w:rsidP="004C336B">
+          <w:p w14:paraId="15E2A106" w14:textId="77777777" w:rsidR="00C34224" w:rsidRDefault="00C34224" w:rsidP="004C336B">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="142"/>
               </w:tabs>
               <w:spacing w:before="160" w:after="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0075592A" w:rsidRDefault="0075592A" w:rsidP="004C336B">
+          <w:p w14:paraId="32481F20" w14:textId="77777777" w:rsidR="0075592A" w:rsidRDefault="0075592A" w:rsidP="004C336B">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="142"/>
               </w:tabs>
               <w:spacing w:before="160" w:after="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0075592A" w:rsidRDefault="0075592A" w:rsidP="004C336B">
+          <w:p w14:paraId="13DECE18" w14:textId="77777777" w:rsidR="0075592A" w:rsidRDefault="0075592A" w:rsidP="004C336B">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="142"/>
               </w:tabs>
               <w:spacing w:before="160" w:after="0" w:line="360" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0075592A" w:rsidRDefault="0075592A" w:rsidP="004C336B">
+          <w:p w14:paraId="65951C6C" w14:textId="77777777" w:rsidR="0075592A" w:rsidRDefault="0075592A" w:rsidP="004C336B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="142"/>
               </w:tabs>
               <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
               <w:ind w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="006E3895" w:rsidRPr="006E3895" w:rsidRDefault="006E3895" w:rsidP="004C336B">
+          <w:p w14:paraId="247053CC" w14:textId="77777777" w:rsidR="006E3895" w:rsidRPr="006E3895" w:rsidRDefault="006E3895" w:rsidP="004C336B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="142"/>
               </w:tabs>
               <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
               <w:ind w:right="28"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0075592A" w:rsidRPr="00721785" w:rsidRDefault="0075592A" w:rsidP="004C336B">
+    <w:p w14:paraId="5E0FD6F6" w14:textId="77777777" w:rsidR="0075592A" w:rsidRPr="00721785" w:rsidRDefault="0075592A" w:rsidP="004C336B">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:before="160" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="28"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0004753C" w:rsidRPr="00C779C1" w:rsidRDefault="0004753C" w:rsidP="0004753C">
+    <w:p w14:paraId="20B6901C" w14:textId="77777777" w:rsidR="0004753C" w:rsidRPr="00C779C1" w:rsidRDefault="0004753C" w:rsidP="0004753C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:before="160" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="28"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Fait à :                               Le :</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0004753C" w:rsidRDefault="0004753C" w:rsidP="0004753C">
+    <w:p w14:paraId="16C33580" w14:textId="77777777" w:rsidR="0004753C" w:rsidRDefault="0004753C" w:rsidP="0004753C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:before="160" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="28"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0075592A" w:rsidRPr="004C336B" w:rsidRDefault="0004753C" w:rsidP="0004753C">
+    <w:p w14:paraId="59E8333C" w14:textId="77777777" w:rsidR="0075592A" w:rsidRDefault="0004753C" w:rsidP="0004753C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:spacing w:before="160" w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:right="28"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="21"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Signature</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00C779C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t>Signature</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t xml:space="preserve"> de l’usager ou de son représentant légal :</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0075592A" w:rsidRPr="004C336B" w:rsidSect="004C336B">
+    <w:p w14:paraId="0D93358F" w14:textId="77777777" w:rsidR="005239EC" w:rsidRDefault="005239EC" w:rsidP="0004753C">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:before="160" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C6668CF" w14:textId="77777777" w:rsidR="005239EC" w:rsidRDefault="000E5058" w:rsidP="005239EC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E5058">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vos données personnelles sont traitées en vue répondre à votre demande de recours à une personne qualifiée dans le cadre d’une </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F67AD37" w14:textId="4906292C" w:rsidR="000E5058" w:rsidRPr="000E5058" w:rsidRDefault="000E5058" w:rsidP="005239EC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E5058">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>prise</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000E5058">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en charge par un service ou un établissement médico-social.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68B8C54C" w14:textId="77777777" w:rsidR="005239EC" w:rsidRDefault="000E5058" w:rsidP="005239EC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E5058">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pour exercer vos droits Informatique et Libertés ou pour toute information sur ce traitement, vous pouvez contacter le délégué à la </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F79FE85" w14:textId="77777777" w:rsidR="005239EC" w:rsidRDefault="000E5058" w:rsidP="005239EC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E5058">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>protection</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000E5058">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des données (DPO) de l’ARS Pays de la Loire par voie électronique (ARS-PDL-DPO@ARS.SANTE.FR) ou par courrier </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="376CE8F4" w14:textId="1375F663" w:rsidR="000E5058" w:rsidRPr="000E5058" w:rsidRDefault="000E5058" w:rsidP="005239EC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E5058">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>postal</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000E5058">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> adressé à :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6831A78A" w14:textId="77777777" w:rsidR="000E5058" w:rsidRPr="000E5058" w:rsidRDefault="000E5058" w:rsidP="005239EC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E5058">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Monsieur le délégué à la protection des données (DPO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53F53D3C" w14:textId="77777777" w:rsidR="000E5058" w:rsidRPr="000E5058" w:rsidRDefault="000E5058" w:rsidP="005239EC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E5058">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>ARS Pays de la Loire</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="023B1A6A" w14:textId="77777777" w:rsidR="000E5058" w:rsidRPr="000E5058" w:rsidRDefault="000E5058" w:rsidP="005239EC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E5058">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>17 Bd Gaston Doumergue</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30711266" w14:textId="77777777" w:rsidR="000E5058" w:rsidRPr="000E5058" w:rsidRDefault="000E5058" w:rsidP="005239EC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E5058">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>44262 NANTES</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CDBAE3E" w14:textId="77777777" w:rsidR="000E5058" w:rsidRPr="000E5058" w:rsidRDefault="000E5058" w:rsidP="005239EC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:before="160" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E6D031A" w14:textId="7710E7E3" w:rsidR="000E5058" w:rsidRPr="000E5058" w:rsidRDefault="000E5058" w:rsidP="005239EC">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="142"/>
+        </w:tabs>
+        <w:spacing w:before="160" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="426" w:right="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E5058">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pour en savoir plus sur la gestion de vos données personnelles et vos droits, rendez-vous sur </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidRPr="007851A9">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+          </w:rPr>
+          <w:t>le site internet de l’ARS Pays de la Loire – Mentions d’informations RGPD et droits CNIL</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000E5058">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="000E5058" w:rsidRPr="000E5058" w:rsidSect="004C336B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="964" w:right="424" w:bottom="0" w:left="964" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Marianne">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="0000000F" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18937D33"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="55CAA8F4"/>
     <w:lvl w:ilvl="0" w:tplc="040C000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -1614,163 +2040,172 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5808" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6528" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="463237597">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1816599778">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1497649843">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="105"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006E40E7"/>
     <w:rsid w:val="0004753C"/>
     <w:rsid w:val="000C2569"/>
     <w:rsid w:val="000C4951"/>
+    <w:rsid w:val="000E5058"/>
     <w:rsid w:val="001F54F4"/>
     <w:rsid w:val="002E793F"/>
+    <w:rsid w:val="00322E59"/>
     <w:rsid w:val="003827DA"/>
     <w:rsid w:val="003E7421"/>
     <w:rsid w:val="004830F6"/>
     <w:rsid w:val="0048600C"/>
+    <w:rsid w:val="004A470E"/>
     <w:rsid w:val="004C336B"/>
+    <w:rsid w:val="004C64DB"/>
+    <w:rsid w:val="005239EC"/>
     <w:rsid w:val="00604FF2"/>
     <w:rsid w:val="0064553E"/>
     <w:rsid w:val="006E3895"/>
     <w:rsid w:val="006E40E7"/>
     <w:rsid w:val="00721785"/>
     <w:rsid w:val="0075592A"/>
+    <w:rsid w:val="007851A9"/>
     <w:rsid w:val="007A1798"/>
     <w:rsid w:val="007C089E"/>
     <w:rsid w:val="008142E4"/>
     <w:rsid w:val="00815ECA"/>
     <w:rsid w:val="00846A88"/>
     <w:rsid w:val="00862E4F"/>
     <w:rsid w:val="008E00F0"/>
+    <w:rsid w:val="008F43C9"/>
     <w:rsid w:val="009862F7"/>
     <w:rsid w:val="009C1FF5"/>
     <w:rsid w:val="009E6BF0"/>
     <w:rsid w:val="00AF3068"/>
     <w:rsid w:val="00B13C68"/>
     <w:rsid w:val="00BF08AF"/>
     <w:rsid w:val="00C00B24"/>
+    <w:rsid w:val="00C10049"/>
     <w:rsid w:val="00C20E22"/>
     <w:rsid w:val="00C34224"/>
     <w:rsid w:val="00C65225"/>
     <w:rsid w:val="00C779C1"/>
     <w:rsid w:val="00CD1338"/>
     <w:rsid w:val="00E677D3"/>
     <w:rsid w:val="00ED5A1B"/>
     <w:rsid w:val="00F84D5C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="20F79A4F"/>
+  <w14:docId w14:val="318EA526"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B82AFFB3-8CD4-4226-9513-6F94178BDA4D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cstheme="minorBidi"/>
         <w:sz w:val="21"/>
         <w:szCs w:val="21"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2098,50 +2533,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006E40E7"/>
     <w:pPr>
       <w:spacing w:line="264" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre5Car"/>
     <w:qFormat/>
     <w:rsid w:val="009862F7"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="4"/>
@@ -2246,62 +2686,86 @@
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Grilledutableau">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="0075592A"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Mentionnonrsolue">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007851A9"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Lienhypertextesuivivisit">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007851A9"/>
+    <w:rPr>
+      <w:color w:val="85DFD0" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pays-de-la-loire.ars.sante.fr/mentions-dinformations-rgpd-et-droits-cnil-agence-regionale-de-sante-ars-pays-de-la-loire" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Personnalisé 1">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="17406D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="DBEFF9"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="0F6FC6"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="009DD9"/>
       </a:accent2>
       <a:accent3>
@@ -2525,70 +2989,99 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>903</Characters>
+  <Pages>2</Pages>
+  <Words>304</Words>
+  <Characters>1674</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>13</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>MINISTERE</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1065</CharactersWithSpaces>
+  <CharactersWithSpaces>1975</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>PALACIOS, Pauline</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2026-01-07T09:33:42Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>e647dc0d-c16b-405c-b106-2913192b7547</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>